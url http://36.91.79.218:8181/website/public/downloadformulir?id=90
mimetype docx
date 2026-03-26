--- v0 (2025-10-05)
+++ v1 (2026-03-26)
@@ -1,65 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="68600E06" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="15728640" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="15728640" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EE11BCB" wp14:editId="0CF41590">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>866775</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>288925</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6124575" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Line 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6124575" cy="0"/>
                         </a:xfrm>
@@ -115,299 +113,308 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>LEMBAGA</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="112" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1185"/>
         <w:gridCol w:w="342"/>
         <w:gridCol w:w="3082"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="3357"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C1774">
+      <w:tr w:rsidR="009C1774" w14:paraId="2FE5498E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+          <w:p w14:paraId="4806F315" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+          <w:p w14:paraId="4DA8414C" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3082" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+          <w:p w14:paraId="4ADDE430" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+          <w:p w14:paraId="3D87EEA3" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3357" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+          <w:p w14:paraId="22DABDF5" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="27"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="3CB61235" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>Parepare,</w:t>
+              <w:t>Parepare</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="115"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C1774">
+      <w:tr w:rsidR="009C1774" w14:paraId="79583FCD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="0A439F4F" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="122" w:line="228" w:lineRule="exact"/>
               <w:ind w:left="220" w:right="178"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Nomor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="5F43618E" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="122" w:line="228" w:lineRule="exact"/>
               <w:ind w:right="81"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="122"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3082" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+          <w:p w14:paraId="370265D8" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+          <w:p w14:paraId="7209E077" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3357" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="7FF51CA1" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="122" w:line="228" w:lineRule="exact"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Kepada</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C1774">
+      <w:tr w:rsidR="009C1774" w14:paraId="44CD553D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="492"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="49948A4B" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="246" w:lineRule="exact"/>
               <w:ind w:left="248" w:right="167"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Perihal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="628A2B99" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="246" w:lineRule="exact"/>
               <w:ind w:right="81"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="122"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3082" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="69B769F1" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="244" w:lineRule="exact"/>
               <w:ind w:left="85" w:right="399"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="120"/>
                 <w:sz w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Permohonan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
@@ -476,73 +483,75 @@
                 <w:b/>
                 <w:i/>
                 <w:spacing w:val="9"/>
                 <w:w w:val="120"/>
                 <w:sz w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:w w:val="120"/>
                 <w:sz w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Sekolah</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="3C6828D4" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="246" w:lineRule="exact"/>
               <w:ind w:left="416"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Yth</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3357" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="02F32489" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="244" w:lineRule="exact"/>
               <w:ind w:left="113" w:right="188"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Kepala</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="10"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -597,902 +606,919 @@
               <w:t>Kebudayaan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="5"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Kota</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="3"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Parepare</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C1774">
+      <w:tr w:rsidR="009C1774" w14:paraId="7D5C4808" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+          <w:p w14:paraId="144BEB38" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+          <w:p w14:paraId="3F8B7698" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3082" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+          <w:p w14:paraId="64518859" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+          <w:p w14:paraId="26E8A416" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3357" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="45EBAD18" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="228" w:lineRule="exact"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>di</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C1774">
+      <w:tr w:rsidR="009C1774" w14:paraId="0A572953" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="248"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+          <w:p w14:paraId="584464B3" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+          <w:p w14:paraId="52D8025D" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3082" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+          <w:p w14:paraId="43DF93BC" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+          <w:p w14:paraId="733366FD" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3357" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="1602F3FF" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="228" w:lineRule="exact"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Parepare</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="4CD904A8" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="139"/>
         <w:ind w:left="180"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>Dengan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="15"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>Hormat,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="3C948104" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="180"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>Yang</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="6"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>bertanda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>tangan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="8"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>dibawah</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="8"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>ini</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="8"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+    <w:p w14:paraId="28264415" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="148" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="554"/>
-        <w:gridCol w:w="2703"/>
+        <w:gridCol w:w="3409"/>
         <w:gridCol w:w="479"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C1774">
+      <w:tr w:rsidR="009C1774" w14:paraId="30A8C4B1" w14:textId="77777777" w:rsidTr="00B41DFB">
         <w:trPr>
           <w:trHeight w:val="740"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="5F0E93FF" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="151"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="125"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2703" w:type="dxa"/>
+            <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="4D508A95" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2" w:line="237" w:lineRule="auto"/>
               <w:ind w:left="154" w:right="197"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Nama</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Pemohon/Penanggung</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="25E15404" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2" w:line="228" w:lineRule="exact"/>
               <w:ind w:left="154"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="130"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Jawab</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="5060E7C8" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="197"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="122"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C1774">
+      <w:tr w:rsidR="009C1774" w14:paraId="1205DFCF" w14:textId="77777777" w:rsidTr="00B41DFB">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="558E7664" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:right="151"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="125"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2703" w:type="dxa"/>
+            <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="5560CE17" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:left="154"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Tempat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="3"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>Tgl Lahir</w:t>
+              <w:t>Tgl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="115"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Lahir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="7DCF3A8B" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:right="197"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="122"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C1774">
+      <w:tr w:rsidR="009C1774" w14:paraId="50569617" w14:textId="77777777" w:rsidTr="00B41DFB">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="0667BEAD" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:right="151"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="125"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2703" w:type="dxa"/>
+            <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="550AA858" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:left="154"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Agama</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="14E92C56" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:right="197"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="122"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C1774">
+      <w:tr w:rsidR="009C1774" w14:paraId="294FFA86" w14:textId="77777777" w:rsidTr="00B41DFB">
         <w:trPr>
           <w:trHeight w:val="248"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="24C8C8B3" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="228" w:lineRule="exact"/>
               <w:ind w:right="151"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="125"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2703" w:type="dxa"/>
+            <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="45C8346C" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="228" w:lineRule="exact"/>
               <w:ind w:left="154"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="120"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Jenis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:w w:val="120"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="120"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Kelamin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="2C8FF252" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="228" w:lineRule="exact"/>
               <w:ind w:right="197"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="122"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C1774">
+      <w:tr w:rsidR="009C1774" w14:paraId="129A6ECA" w14:textId="77777777" w:rsidTr="00B41DFB">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="7C4AAC23" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:right="151"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="125"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2703" w:type="dxa"/>
+            <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="57BAA32A" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:left="154"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Alamat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="2E126431" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:right="197"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="122"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C1774">
+      <w:tr w:rsidR="009C1774" w14:paraId="7D1FCE0B" w14:textId="77777777" w:rsidTr="00B41DFB">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="4998FDB2" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:right="151"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="125"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2703" w:type="dxa"/>
+            <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="0D4965FE" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:left="154"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>No.Handphone</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="53DA69F5" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:right="197"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="122"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C1774">
+      <w:tr w:rsidR="009C1774" w14:paraId="3B97D21E" w14:textId="77777777" w:rsidTr="00B41DFB">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="4830675E" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:right="151"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="125"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2703" w:type="dxa"/>
+            <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="03FA663B" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:left="154"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="14"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -1504,147 +1530,150 @@
               <w:t>*wajib</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="9"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:w w:val="115"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>diisi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="38309A2F" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:right="197"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="122"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C1774">
+      <w:tr w:rsidR="009C1774" w14:paraId="78CD121E" w14:textId="77777777" w:rsidTr="00B41DFB">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="4A64A8F5" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:right="151"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="125"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2703" w:type="dxa"/>
+            <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="12B2939A" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:left="154"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="130"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Jabatan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+          <w:p w14:paraId="67D53131" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:ind w:right="197"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="122"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="36A71B5D" w14:textId="3C696E89" w:rsidR="009C1774" w:rsidRDefault="00C90E7E" w:rsidP="009F1371">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9498"/>
+        </w:tabs>
         <w:spacing w:before="151" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve">Dengan </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="32"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve">ini  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="28"/>
@@ -1686,248 +1715,251 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="24"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve">Izin  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="28"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
-        <w:t xml:space="preserve">Operasional  </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Operasional</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1371">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F54FE">
         <w:rPr>
           <w:spacing w:val="33"/>
           <w:w w:val="115"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...31 lines deleted...]
-        <w:t>SMP</w:t>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3EF2">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t>MP</w:t>
+      </w:r>
+      <w:r w:rsidR="003F54FE">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="140"/>
+        </w:rPr>
+        <w:t>.................................</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1371">
+        <w:rPr>
+          <w:w w:val="140"/>
+        </w:rPr>
+        <w:t>.......................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:w w:val="140"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="140"/>
+        </w:rPr>
+        <w:t>atas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:w w:val="140"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="140"/>
+        </w:rPr>
+        <w:t>nama</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:w w:val="140"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="140"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="43D18957" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E" w:rsidP="00B41DFB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="2" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="180"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2694"/>
+        </w:tabs>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:w w:val="140"/>
-[...39 lines deleted...]
-        </w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t>Nama</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t>Lembaga</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="588E9E2E" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E" w:rsidP="00B41DFB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3585"/>
+          <w:tab w:val="left" w:pos="2694"/>
+        </w:tabs>
+        <w:ind w:left="567"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t>Alamat Lembaga</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="725720CD" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E" w:rsidP="00B41DFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2694"/>
         </w:tabs>
         <w:spacing w:before="2"/>
-        <w:ind w:left="180"/>
+        <w:ind w:left="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:w w:val="115"/>
-[...18 lines deleted...]
-          <w:w w:val="115"/>
+          <w:w w:val="120"/>
+        </w:rPr>
+        <w:t>Kelurahan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="120"/>
         </w:rPr>
         <w:tab/>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="13924D5D" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E" w:rsidP="00B41DFB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3585"/>
+          <w:tab w:val="left" w:pos="2694"/>
         </w:tabs>
-        <w:ind w:left="180"/>
+        <w:ind w:left="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:w w:val="115"/>
-[...5 lines deleted...]
-          <w:w w:val="115"/>
+          <w:w w:val="120"/>
+        </w:rPr>
+        <w:t>Kecamatan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="120"/>
         </w:rPr>
         <w:tab/>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
-[...44 lines deleted...]
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="6EAEAA0C" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2" w:line="242" w:lineRule="auto"/>
         <w:ind w:left="180"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>Sebagai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="28"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>bahan</w:t>
       </w:r>
       <w:r>
@@ -2039,174 +2071,178 @@
           <w:spacing w:val="13"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>berikut</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="3DBE7037" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:spacing w:before="147" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="361"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Surat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="4"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>permohonan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="8"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>bermaterai</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="7"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Rp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="8"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>10.000,-</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="4DE3D083" w14:textId="3D57EBA4" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="361"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Foto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="36"/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Copy</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="33"/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Identitas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="33"/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2251,124 +2287,94 @@
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Terakhir,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="35"/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t>KTP,</w:t>
-[...29 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>KTP)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="37C305F6" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:hanging="361"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Profil</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Lembaga/Sekolah</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="4FC87613" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>(Data</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="4"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>Warga</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
@@ -2426,51 +2432,51 @@
           <w:spacing w:val="5"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>dan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="7"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>Staf)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="58668A39" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="115"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Surat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2661,51 +2667,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Camat</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="70D185F2" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:spacing w:line="246" w:lineRule="exact"/>
         <w:ind w:hanging="361"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Hasil</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2716,128 +2722,130 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Studi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="16"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Kelayakan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="310C7B91" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:hanging="361"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Isi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Pendidikan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="46ED3DD2" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:ind w:hanging="361"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Jumlah</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="13"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Kualiafikasi</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Pendidikan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="14"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2855,51 +2863,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Tenaga</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="15"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Kependidikan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="16697A75" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="361"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Sarana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2925,51 +2933,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Prasarana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="13"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Pendidikan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="678B93D2" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:hanging="361"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Sistem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3010,51 +3018,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Sertifikasi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Pendidik</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="70B2DDC4" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:ind w:hanging="437"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Manajemen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
@@ -3079,104 +3087,108 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Proses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Pendidikan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="18F2996C" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="437"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Prota</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="23"/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="21"/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Promes</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="25"/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="19"/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3239,51 +3251,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Semester</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="17"/>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="2DF48965" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:spacing w:before="4" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="112" w:hanging="436"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Struktur</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3399,230 +3411,179 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Penyelenggaraan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-51"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Kurikulum</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
-[...54 lines deleted...]
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="6EDB86F7" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:ind w:hanging="437"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Foto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Copy</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>NPWP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>lembaga/yayasan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="76D5B201" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="437"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Foto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Copy</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>PBB</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="7F1ACF5D" w14:textId="37569823" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:hanging="437"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Surat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3655,57 +3616,59 @@
         <w:t>akan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="12"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>menaati</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="12"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>perundang</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="13"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:spacing w:val="-5"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3732,59 +3695,68 @@
         <w:t>yang</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>berlaku</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="12"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>bermaterai</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B41DFB">
+        <w:rPr>
+          <w:w w:val="115"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rp. 10.000,-d</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="42921E7E" w14:textId="53EA6E0F" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:right="110" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Surat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3957,99 +3929,113 @@
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>dan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t>tiak</w:t>
+        <w:t>ti</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41DFB">
+        <w:rPr>
+          <w:w w:val="115"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="115"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>k</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>berada  pada  lingkungan  pusat  keramaian  atau</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>lahan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>bermasalah</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="7AA89D6A" w14:textId="7F78374F" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:right="115" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Surat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4082,57 +4068,59 @@
         <w:t>kepala</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>sekolah</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>bermaterai</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>yang</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4157,119 +4145,59 @@
         <w:t>sanggup</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>melaksanakan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...64 lines deleted...]
-        <w:t>hari</w:t>
+      <w:r w:rsidR="00AC3C66">
+        <w:rPr>
+          <w:w w:val="115"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Proses Belajar Mengajar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="31ABDCF3" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:right="111" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Surat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4430,51 +4358,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>di</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>tetapkan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="2948306B" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="901"/>
         </w:tabs>
         <w:ind w:hanging="437"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Surat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="12"/>
@@ -4544,51 +4472,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Rp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="12"/>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>10.000,-</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="5176400D" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="138" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180" w:right="111" w:firstLine="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>Demikian</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>Surat</w:t>
       </w:r>
@@ -4772,56 +4700,58 @@
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>dengan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>peraturan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>perundang</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="17"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:spacing w:val="-7"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
@@ -4833,301 +4763,335 @@
           <w:spacing w:val="11"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>yang</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="13"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>berlaku.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+    <w:p w14:paraId="408421FE" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="2818DD00" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="6126"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="15729152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="15729152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AEBEE7D" wp14:editId="56B36485">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>4019550</wp:posOffset>
+                  <wp:posOffset>3943350</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>134620</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="600075" cy="371475"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:extent cx="676275" cy="371475"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="600075" cy="371475"/>
+                          <a:ext cx="676275" cy="371475"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="D7D7D7"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+                          <w:p w14:paraId="3F6D7B7E" w14:textId="77777777" w:rsidR="00AC3C66" w:rsidRDefault="00AC3C66">
+                            <w:pPr>
+                              <w:spacing w:before="77"/>
+                              <w:ind w:left="244"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri"/>
+                                <w:i/>
+                                <w:color w:val="D9D9D9"/>
+                                <w:sz w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri"/>
+                                <w:i/>
+                                <w:color w:val="D9D9D9"/>
+                                <w:sz w:val="16"/>
+                              </w:rPr>
+                              <w:t>Materai</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5B9691A7" w14:textId="3B2430C3" w:rsidR="009C1774" w:rsidRDefault="00AC3C66">
                             <w:pPr>
                               <w:spacing w:before="77"/>
                               <w:ind w:left="244"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri"/>
                                 <w:i/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri"/>
                                 <w:i/>
                                 <w:color w:val="D9D9D9"/>
                                 <w:sz w:val="16"/>
                               </w:rPr>
-                              <w:t>Materei</w:t>
+                              <w:t>Rp. 10.000</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="0AEBEE7D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:316.5pt;margin-top:10.6pt;width:47.25pt;height:29.25pt;z-index:15729152;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5srNPhAIAABcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v2yAQ/j5p/wHxPbWdOm9WnaqLk2lS&#10;9yK1+wHE4BgNAwMSu5v233dgO03XL9M0W8JnOB7uuXuOm9uuEejEjOVK5ji5ijFislSUy0OOvz7u&#10;JkuMrCOSEqEky/ETs/h2/fbNTaszNlW1EpQZBCDSZq3Oce2czqLIljVriL1SmklYrJRpiINfc4io&#10;IS2gNyKaxvE8apWh2qiSWQuzRb+I1wG/qljpPleVZQ6JHENsLowmjHs/Rusbkh0M0TUvhzDIP0TR&#10;EC7h0DNUQRxBR8NfQTW8NMqqyl2VqolUVfGSBQ7AJon/YPNQE80CF0iO1ec02f8HW346fTGIU6gd&#10;RpI0UKJH1jn0TnVo6rPTapuB04MGN9fBtPf0TK2+V+U3i6Ta1EQe2J0xqq0ZoRBd4ndGF1t7HOtB&#10;9u1HReEYcnQqAHWVaTwgJAMBOlTp6VwZH0oJk/M4jhczjEpYul4kKdj+BJKNm7Wx7j1TDfJGjg0U&#10;PoCT0711vevo4s+SaseFgHmSCYnaHK9m01lPSwlO/WLgaA77jTDoREA+xcK/w7n20s0jF8TWvV9Y&#10;8m4ka7gDdQve5HgJDOJBbz5LW0mDiyNc9DawEdLvAtIQ9GD1Kvq5ilfb5XaZTtLpfDtJ46KY3O02&#10;6WS+Sxaz4rrYbIrklyeQpFnNKWXScxgVnaR/p5iht3otnjX9gqu9TMkuPK9TEr0MI1QKWI3fwC7I&#10;wyui14br9h0kxGtmr+gTCMWovlvhdgGjVuYHRi10ao7t9yMxDCPxQYLYfFuPhhmN/WgQWcLWHDuM&#10;enPj+vY/asMPNSD3cpbqDgRZ8SCW5ygGGUP3heCHm8K39+V/8Hq+z9a/AQAA//8DAFBLAwQUAAYA&#10;CAAAACEA5hcEc98AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXCrqNFVr&#10;SONUCIlDJTi05QG2sfOj2usodtvw9iwnuM1qRrPflNvJO3G1Y+wDaVjMMxCW6mB6ajV8Hd+fnkHE&#10;hGTQBbIavm2EbXV/V2Jhwo329npIreASigVq6FIaCilj3VmPcR4GS+w1YfSY+BxbaUa8cbl3Ms+y&#10;tfTYE3/ocLBvna3Ph4vX0KuZohk2w86v1O74IR19Nk7rx4fpdQMi2Sn9heEXn9GhYqZTuJCJwmlY&#10;L5e8JWnIFzkIDqhcrUCcWLwokFUp/y+ofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB5&#10;srNPhAIAABcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDmFwRz3wAAAAkBAAAPAAAAAAAAAAAAAAAAAN4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6gUAAAAA&#10;" filled="f" strokecolor="#d7d7d7">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:310.5pt;margin-top:10.6pt;width:53.25pt;height:29.25pt;z-index:15729152;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHWOtKFAIAAAoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07SFtkvUdLW0LEJa&#10;LtLCBziOk1g4HjN2m5SvZ+yk3RW8IRLJGnvGZ2bOHG9vh86wk0KvwRZ8MZtzpqyEStum4N+/3b+6&#10;4cwHYSthwKqCn5Xnt7uXL7a9y9USWjCVQkYg1ue9K3gbgsuzzMtWdcLPwClLzhqwE4G22GQVip7Q&#10;O5Mt5/N11gNWDkEq7+n0MDr5LuHXtZLhS117FZgpONUW0oppLeOa7bYib1C4VsupDPEPVXRCW0p6&#10;hTqIINgR9V9QnZYIHuowk9BlUNdaqtQDdbOY/9HNYyucSr0QOd5dafL/D1Z+Pj26r8jC8A4GGmBq&#10;wrsHkD88s7BvhW3UHSL0rRIVJV5EyrLe+Xy6Gqn2uY8gZf8JKhqyOAZIQEONXWSF+mSETgM4X0lX&#10;Q2CSDteb9XKz4kyS6/Vm8YbsmEHkl8sOffigoGPRKDjSTBO4OD34MIZeQmIuC/famDRXY1lf8Ler&#10;5WpsC4yuojOGeWzKvUF2EqSMwyb+U17/PCwiH4Rvx7jkGjXT6UDCNbor+M08fuNxZOm9rVL6ILQZ&#10;berG2Im2yNTIWRjKgQIjfSVUZyIQYRQoPSgyWsBfnPUkzoL7n0eBijPz0dIQopIvBl6M8mIIK+lq&#10;wQNno7kPo+KPDnXTEvI4Zgt3NKhaJxKfqpjqJMGlMUyPIyr6+T5FPT3h3W8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCs2pCQ3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcKurE&#10;UmuaxqkQEodKcKDtA7jJ5kfY6yh22/D2LCe4zWpGs9+Uu9k7ccUpDoEM5MsMBFIdmoE6A6fj29Mz&#10;iJgsNdYFQgPfGGFX3d+VtmjCjT7xekid4BKKhTXQpzQWUsa6R2/jMoxI7LVh8jbxOXWymeyNy72T&#10;KsvW0tuB+ENvR3ztsf46XLyBQS80LWw77v1K74/v0tFH64x5fJhftiASzukvDL/4jA4VM53DhZoo&#10;nIG1ynlLMqByBYIDWukViDOLjQZZlfL/guoHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;R1jrShQCAAAKBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEArNqQkN4AAAAJAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" strokecolor="#d7d7d7">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+                    <w:p w14:paraId="3F6D7B7E" w14:textId="77777777" w:rsidR="00AC3C66" w:rsidRDefault="00AC3C66">
+                      <w:pPr>
+                        <w:spacing w:before="77"/>
+                        <w:ind w:left="244"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri"/>
+                          <w:i/>
+                          <w:color w:val="D9D9D9"/>
+                          <w:sz w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri"/>
+                          <w:i/>
+                          <w:color w:val="D9D9D9"/>
+                          <w:sz w:val="16"/>
+                        </w:rPr>
+                        <w:t>Materai</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5B9691A7" w14:textId="3B2430C3" w:rsidR="009C1774" w:rsidRDefault="00AC3C66">
                       <w:pPr>
                         <w:spacing w:before="77"/>
                         <w:ind w:left="244"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri"/>
                           <w:i/>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri"/>
                           <w:i/>
                           <w:color w:val="D9D9D9"/>
                           <w:sz w:val="16"/>
                         </w:rPr>
-                        <w:t>Materei</w:t>
+                        <w:t>Rp. 10.000</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:w w:val="115"/>
         </w:rPr>
-        <w:t>Peng</w:t>
-[...6 lines deleted...]
-        <w:t>elola</w:t>
+        <w:t>Pengelola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>Lembaga,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="009C1774">
+    <w:p w14:paraId="5CE306AA" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="009C1774">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
+    <w:p w14:paraId="0C839468" w14:textId="77777777" w:rsidR="009C1774" w:rsidRDefault="00C90E7E">
       <w:pPr>
         <w:spacing w:before="213"/>
         <w:ind w:left="6166"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:w w:val="110"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Pemohon</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009C1774">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="20160"/>
       <w:pgMar w:top="280" w:right="1420" w:bottom="280" w:left="1260" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
-    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:altName w:val="Trebuchet MS"/>
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="533148BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E828D28"/>
     <w:lvl w:ilvl="0" w:tplc="A6605A0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria" w:hint="default"/>
         <w:w w:val="125"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F738B940">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5201,123 +5165,224 @@
     <w:lvl w:ilvl="7" w:tplc="9A54FCB2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6962" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CBF61FC4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7828" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57B323A8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5D1458EE"/>
+    <w:lvl w:ilvl="0" w:tplc="0421000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="900" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0421000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3060" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04210019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0421001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4500" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0421000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5220" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5940" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6660" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1415663521">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="711658855">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C1774"/>
+    <w:rsid w:val="00365854"/>
+    <w:rsid w:val="003F54FE"/>
+    <w:rsid w:val="005E3EF2"/>
+    <w:rsid w:val="00771DCB"/>
+    <w:rsid w:val="0084255A"/>
     <w:rsid w:val="009C1774"/>
+    <w:rsid w:val="009F1371"/>
+    <w:rsid w:val="00AC3C66"/>
+    <w:rsid w:val="00B41DFB"/>
+    <w:rsid w:val="00C00E95"/>
     <w:rsid w:val="00C90E7E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="78A0D418"/>
   <w15:docId w15:val="{4AC5569F-6FD1-43A0-995D-1D6DF12C76C1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5645,50 +5710,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:lang w:val="id"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -5736,51 +5806,51 @@
       <w:iCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="245" w:lineRule="exact"/>
       <w:ind w:left="900" w:hanging="361"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6031,75 +6101,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>334</Words>
-  <Characters>1907</Characters>
+  <Words>337</Words>
+  <Characters>1922</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2237</CharactersWithSpaces>
+  <CharactersWithSpaces>2255</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Windows User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-04-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">