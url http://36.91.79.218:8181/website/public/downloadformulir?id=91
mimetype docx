--- v0 (2025-10-05)
+++ v1 (2026-03-26)
@@ -1,5285 +1,4861 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
-[...93 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="0B4B3010" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00A2061C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="124"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="112" w:type="dxa"/>
+        <w:tblInd w:w="293" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1185"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3357"/>
+        <w:gridCol w:w="930"/>
+        <w:gridCol w:w="3739"/>
+        <w:gridCol w:w="4272"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00863666">
+      <w:tr w:rsidR="00A2061C" w14:paraId="4DCDC0FC" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="700"/>
+          <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="4669" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00863666" w:rsidRDefault="00863666">
+          <w:p w14:paraId="5E7F805F" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00A2061C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="342" w:type="dxa"/>
+            <w:tcW w:w="4272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00863666" w:rsidRDefault="00863666">
+          <w:p w14:paraId="5C6C9CF1" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:spacing w:line="228" w:lineRule="exact"/>
+              <w:ind w:left="146" w:right="359"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-          </w:p>
-[...51 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:w w:val="115"/>
-                <w:sz w:val="21"/>
+                <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>Parepare,</w:t>
+              <w:t>Parepare</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00863666">
+      <w:tr w:rsidR="00A2061C" w14:paraId="1AA03E18" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+          <w:p w14:paraId="697171EA" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="122" w:line="228" w:lineRule="exact"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="50"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:w w:val="110"/>
-                <w:sz w:val="21"/>
+                <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Nomor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="342" w:type="dxa"/>
+            <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+          <w:p w14:paraId="402C0D34" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="122" w:line="228" w:lineRule="exact"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="252"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:w w:val="122"/>
-                <w:sz w:val="21"/>
+                <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3082" w:type="dxa"/>
+            <w:tcW w:w="4272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00863666" w:rsidRDefault="00863666">
+          <w:p w14:paraId="75034CA5" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...31 lines deleted...]
-              </w:rPr>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:right="359"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:w w:val="115"/>
-                <w:sz w:val="21"/>
+                <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Kepada</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00863666">
+      <w:tr w:rsidR="00A2061C" w14:paraId="65EE18DC" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+          <w:p w14:paraId="107AE4C8" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="246" w:lineRule="exact"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="50"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:w w:val="110"/>
-                <w:sz w:val="21"/>
+                <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Perihal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="342" w:type="dxa"/>
+            <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+          <w:p w14:paraId="55A779C3" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="246" w:lineRule="exact"/>
-[...1 lines deleted...]
-              <w:jc w:val="right"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="536"/>
+              </w:tabs>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="252"/>
               <w:rPr>
-                <w:sz w:val="21"/>
+                <w:b/>
+                <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:w w:val="122"/>
-                <w:sz w:val="21"/>
+                <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-          </w:p>
-[...15 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:tab/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-                <w:u w:val="single"/>
               </w:rPr>
               <w:t>Permohonan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:spacing w:val="-11"/>
-[...2 lines deleted...]
-                <w:u w:val="single"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Surat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Izin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F71505" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="1054"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Yth.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Kepala</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Dinas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Pendidikan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>dan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A2061C" w14:paraId="6D161E2D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="930" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3CAB07" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00A2061C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3739" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="047A1618" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="536"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Operasional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="120"/>
-[...1 lines deleted...]
-                <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Surat</w:t>
-[...62 lines deleted...]
-              <w:t>Sekolah</w:t>
+              <w:t>Lembaga</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcW w:w="4272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+          <w:p w14:paraId="5AAE5595" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="246" w:lineRule="exact"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="1619"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...25 lines deleted...]
-              <w:t>Kepala</w:t>
+              <w:t>Kebudayaan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="10"/>
-[...1 lines deleted...]
-                <w:sz w:val="21"/>
+                <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...62 lines deleted...]
-              </w:rPr>
               <w:t>Kota</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="3"/>
-[...1 lines deleted...]
-                <w:sz w:val="21"/>
+                <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:w w:val="115"/>
-                <w:sz w:val="21"/>
+                <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Parepare</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00863666">
+      <w:tr w:rsidR="00A2061C" w14:paraId="1EB94ED0" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="247"/>
+          <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00863666" w:rsidRDefault="00863666">
+          <w:p w14:paraId="04909784" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00A2061C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="342" w:type="dxa"/>
+            <w:tcW w:w="3739" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00863666" w:rsidRDefault="00863666">
+          <w:p w14:paraId="3A115D79" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00A2061C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3082" w:type="dxa"/>
+            <w:tcW w:w="4272" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00863666" w:rsidRDefault="00863666">
+          <w:p w14:paraId="473BBF7A" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...31 lines deleted...]
-              </w:rPr>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="1619"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:w w:val="110"/>
-                <w:sz w:val="21"/>
+                <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>di</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...9 lines deleted...]
-          <w:p w:rsidR="00863666" w:rsidRDefault="00863666">
+          <w:p w14:paraId="5A2D80F6" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="59" w:line="233" w:lineRule="exact"/>
+              <w:ind w:left="1619"/>
             </w:pPr>
-          </w:p>
-[...55 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:w w:val="110"/>
-[...15 lines deleted...]
-                <w:sz w:val="21"/>
+                <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Parepare</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="46113530" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="139" w:line="245" w:lineRule="exact"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="66"/>
+        <w:ind w:left="336" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
         <w:t>Dengan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="15"/>
-[...6 lines deleted...]
-          <w:w w:val="115"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Hormat,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
-[...1035 lines deleted...]
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="1D32520C" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:leader="dot" w:pos="4361"/>
+          <w:tab w:val="left" w:pos="3881"/>
         </w:tabs>
-        <w:spacing w:line="244" w:lineRule="exact"/>
-[...38 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="336" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Yang</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>bertanda</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>tangan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>bawah</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>ini</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
-        <w:t>atas</w:t>
-[...23 lines deleted...]
-          <w:w w:val="115"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
-[...265 lines deleted...]
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="2E826782" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="901"/>
+          <w:tab w:val="left" w:pos="764"/>
         </w:tabs>
-        <w:spacing w:before="155"/>
-[...71 lines deleted...]
-        <w:t>10.000,-</w:t>
+        <w:spacing w:before="59"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Nama</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Pemohon</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Penanggung</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>jawab</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="67"/>
+          <w:w w:val="150"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="5BC9B533" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="901"/>
+          <w:tab w:val="left" w:pos="764"/>
+          <w:tab w:val="left" w:pos="4165"/>
         </w:tabs>
-        <w:spacing w:before="2" w:line="245" w:lineRule="exact"/>
-[...146 lines deleted...]
-        <w:t>)</w:t>
+        <w:spacing w:before="59"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Tempat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Tgl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Lahir</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="64395099" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="901"/>
+          <w:tab w:val="left" w:pos="764"/>
+          <w:tab w:val="left" w:pos="4165"/>
         </w:tabs>
-        <w:ind w:right="115"/>
-[...220 lines deleted...]
-        <w:t>Camat</w:t>
+        <w:spacing w:before="63"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Agama</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="05D5ED14" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="901"/>
+          <w:tab w:val="left" w:pos="764"/>
+          <w:tab w:val="left" w:pos="4165"/>
         </w:tabs>
-        <w:spacing w:before="2" w:line="245" w:lineRule="exact"/>
-[...71 lines deleted...]
-        <w:t>tugas</w:t>
+        <w:spacing w:before="59"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Jenis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Kelamin</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="7AF4D687" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="901"/>
+          <w:tab w:val="left" w:pos="764"/>
+          <w:tab w:val="left" w:pos="4165"/>
         </w:tabs>
-        <w:ind w:right="114"/>
-[...175 lines deleted...]
-        <w:t>tahun</w:t>
+        <w:spacing w:before="59"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Alamat</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="1DD6F713" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="901"/>
+          <w:tab w:val="left" w:pos="764"/>
+          <w:tab w:val="left" w:pos="4165"/>
         </w:tabs>
-        <w:spacing w:line="246" w:lineRule="exact"/>
-[...26 lines deleted...]
-        <w:t>Hak</w:t>
+        <w:spacing w:before="59"/>
+      </w:pPr>
+      <w:r>
+        <w:t>No.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Handphone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
-          <w:w w:val="120"/>
-[...129 lines deleted...]
-        <w:t>bangunan</w:t>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="5AD15B75" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="901"/>
+          <w:tab w:val="left" w:pos="764"/>
+          <w:tab w:val="left" w:pos="4165"/>
         </w:tabs>
-        <w:spacing w:before="1"/>
-[...206 lines deleted...]
-        <w:t>sendiri</w:t>
+        <w:spacing w:before="63"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Email</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>*wajib</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>diisi</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="2CAE8341" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="901"/>
+          <w:tab w:val="left" w:pos="764"/>
+          <w:tab w:val="left" w:pos="4165"/>
         </w:tabs>
-        <w:spacing w:before="2"/>
-[...71 lines deleted...]
-        <w:t>Pendidikan</w:t>
+        <w:spacing w:before="59"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Jabatan</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="3DEE0FBB" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="60" w:line="252" w:lineRule="exact"/>
+        <w:ind w:left="404" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Dengan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ini mengajukan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>permohonan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>penerbitan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Izin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Operasional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Lembaga Kursus dan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Pelatihan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>( LKP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE912C8" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="1450"/>
+        </w:tabs>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="404" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>atas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>nama</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="118250CF" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="901"/>
+          <w:tab w:val="left" w:pos="764"/>
+          <w:tab w:val="left" w:pos="4165"/>
         </w:tabs>
-        <w:spacing w:before="2" w:line="245" w:lineRule="exact"/>
-[...56 lines deleted...]
-        <w:t>lembaga/yayasan</w:t>
+        <w:spacing w:before="59"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Nama</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Lembaga</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="4F62D9FC" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="901"/>
+          <w:tab w:val="left" w:pos="764"/>
+          <w:tab w:val="left" w:pos="4165"/>
         </w:tabs>
-        <w:spacing w:line="245" w:lineRule="exact"/>
-[...41 lines deleted...]
-        <w:t>PBB</w:t>
+        <w:spacing w:before="59"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Alamat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Lembaga</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="1E5168A6" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="901"/>
+          <w:tab w:val="left" w:pos="764"/>
+          <w:tab w:val="left" w:pos="4165"/>
         </w:tabs>
-        <w:spacing w:before="2" w:line="245" w:lineRule="exact"/>
-[...148 lines deleted...]
-        <w:t>bermaterai</w:t>
+        <w:spacing w:before="59"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Kelurahan</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="34286273" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="901"/>
+          <w:tab w:val="left" w:pos="764"/>
+          <w:tab w:val="left" w:pos="4165"/>
         </w:tabs>
-        <w:ind w:right="110" w:hanging="436"/>
-[...250 lines deleted...]
-        <w:t>bermasalah</w:t>
+        <w:spacing w:before="59"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Kecamatan</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="0C55ADD2" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="187"/>
+        <w:ind w:left="404" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Sebagai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>bahan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pertimbangan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>bagi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Bapak</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>/ Ibu,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>saya</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>lampirkan kelengkapan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>persyaratan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>sebagai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">berikut </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DFA152C" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="901"/>
+          <w:tab w:val="left" w:pos="764"/>
         </w:tabs>
-        <w:ind w:right="115" w:hanging="436"/>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="63" w:line="252" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
         <w:t>Surat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="1"/>
-[...54 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>permohonan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>bermaterai</w:t>
       </w:r>
-      <w:r>
-[...132 lines deleted...]
-        <w:t>hari</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Rp.10.000,-</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="0E0B288E" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="901"/>
+          <w:tab w:val="left" w:pos="764"/>
         </w:tabs>
-        <w:spacing w:before="6" w:line="237" w:lineRule="auto"/>
-[...191 lines deleted...]
-        <w:t>tetapkan</w:t>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Foto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>copy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>identitas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>penyelenggara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>/ pemohon</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Ijazah</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Terakhir,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>KTP).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="5D1F94D1" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="901"/>
+          <w:tab w:val="left" w:pos="764"/>
         </w:tabs>
-        <w:spacing w:before="3"/>
-        <w:ind w:hanging="437"/>
+        <w:ind w:right="337"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Surat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>keterangan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>domisili</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>kelurahan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>surat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pernyataan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>kepemilikan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>lembaga</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>yang mengetahui Lurah dan Camat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F9D0FD6" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="764"/>
+        </w:tabs>
+        <w:spacing w:before="2" w:line="252" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Susunan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pengurus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>rincian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>tugas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67754C85" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="764"/>
+        </w:tabs>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Surat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>keterangan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>kepemilikan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>kuasa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>penggunaan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>tempat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pembelajaran</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>selama</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(tiga)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>tahun.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A058AF9" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="764"/>
+        </w:tabs>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Dokumen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>hak</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>milik,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>sewa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pinjam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pakai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>atas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>tanah</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>bangunan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B12136" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="764"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="350"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Fotocopy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> akta notaris dan surat penetapan badan hukum dalam bentuk yayasan, perkumpulan atau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>badan lain sejenis dari kementerian bidang hukum dan atas nama sendiri.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6353FBA4" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="764"/>
+        </w:tabs>
+        <w:spacing w:line="250" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Dokumen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>rencana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pengembangan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>satuan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>pendidikan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E9B96B" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="764"/>
+        </w:tabs>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Fotocopy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>NPWP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Lembaga</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Yayasan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C7AF47E" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="764"/>
+        </w:tabs>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Fotocopy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>PBB.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24026F93" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="764"/>
+        </w:tabs>
+        <w:spacing w:before="2" w:line="253" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Surat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pernyataan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>akan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>menaati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>perundang-undangan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>yang</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>berlaku</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bermaterai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Rp.10.000,-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C7F202A" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="764"/>
+        </w:tabs>
+        <w:ind w:right="341"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Surat pernyataan tidak akan / sedang menempati fasilitas pemerintah, rumah kantor, rumah toko, dan tidak berada pada lingkungan pusat keramaian atau lahan bermasalah.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0401A2DC" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="764"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="335"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Surat pernyataan kepala sekolah </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bermaterai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> yang menyatakan sanggup melaksanakan Proses Belajar Mengajar (PBM).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD17CDB" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="764"/>
+        </w:tabs>
+        <w:ind w:right="350"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Surat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pernyataan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>kesanggupan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>oleh</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>kepala</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>sekolah</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>untuk</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>melaksanakan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>kurikulum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>yang</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>telah</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ditetapkan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78AFBA77" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="764"/>
+        </w:tabs>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Surat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pernyataan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>keabsahan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dokumen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bermaterai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Rp.10.000,-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0891706E" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00A2061C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="117"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E92CF8D" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="404" w:right="345" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...98 lines deleted...]
-        <w:t>10.000,-</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>Demikian surat permohonan ini kami buat dengan sebenarnya dan apabila dikemudian hari ternyata data atau informasi dan keterangan tersebut tidak benar atau palsu, kami menyatakan bersedia untuk dicabut izin yang telah diterbitkan dan bersedia dituntut sesuai dengan perundang-undangan yang berlaku.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+    <w:p w14:paraId="713138C6" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00A2061C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="154"/>
-[...245 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="085BFAFF" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="0" w:right="1470" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pengelola</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-7"/>
-          <w:w w:val="115"/>
-[...33 lines deleted...]
-        <w:t>berlaku.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Lembaga,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00863666">
+    <w:p w14:paraId="06F34EC8" w14:textId="6AA6FFF1" w:rsidR="00A2061C" w:rsidRDefault="00000000" w:rsidP="001D3C83">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="11"/>
-[...6 lines deleted...]
-        <w:ind w:left="6126"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="11"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00A2061C">
+          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:pgSz w:w="12240" w:h="20160"/>
+          <w:pgMar w:top="1360" w:right="1080" w:bottom="3320" w:left="1080" w:header="980" w:footer="3137" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="11"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="15729152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588352" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F8A350A" wp14:editId="64217E4C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>4029075</wp:posOffset>
+                  <wp:posOffset>4135120</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>141605</wp:posOffset>
+                  <wp:posOffset>102545</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="600075" cy="371475"/>
+                <wp:extent cx="704850" cy="381000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:wrapNone/>
-                <wp:docPr id="1" name="Text Box 2"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="8" name="Textbox 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
-                        <a:spLocks noChangeArrowheads="1"/>
+                        <a:spLocks/>
                       </wps:cNvSpPr>
-                      <wps:spPr bwMode="auto">
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="600075" cy="371475"/>
+                          <a:ext cx="704850" cy="381000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
-                        <a:ln w="9525">
+                        <a:ln w="12700">
                           <a:solidFill>
-                            <a:srgbClr val="D7D7D7"/>
+                            <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
-                          <a:miter lim="800000"/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
                         </a:ln>
-                        <a:extLst>
-[...7 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+                          <w:p w14:paraId="53417CA4" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
                             <w:pPr>
-                              <w:spacing w:before="70"/>
-                              <w:ind w:left="241"/>
+                              <w:spacing w:before="73" w:line="261" w:lineRule="auto"/>
+                              <w:ind w:left="160" w:right="147" w:firstLine="100"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri"/>
-                                <w:i/>
-                                <w:sz w:val="16"/>
+                                <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri"/>
-                                <w:i/>
-[...1 lines deleted...]
-                                <w:sz w:val="16"/>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>Materei</w:t>
+                              <w:t>Materai</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri"/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Rp.</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri"/>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>10.000</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="2F8A350A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:317.25pt;margin-top:11.15pt;width:47.25pt;height:29.25pt;z-index:15729152;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5srNPhAIAABcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v2yAQ/j5p/wHxPbWdOm9WnaqLk2lS&#10;9yK1+wHE4BgNAwMSu5v233dgO03XL9M0W8JnOB7uuXuOm9uuEejEjOVK5ji5ijFislSUy0OOvz7u&#10;JkuMrCOSEqEky/ETs/h2/fbNTaszNlW1EpQZBCDSZq3Oce2czqLIljVriL1SmklYrJRpiINfc4io&#10;IS2gNyKaxvE8apWh2qiSWQuzRb+I1wG/qljpPleVZQ6JHENsLowmjHs/Rusbkh0M0TUvhzDIP0TR&#10;EC7h0DNUQRxBR8NfQTW8NMqqyl2VqolUVfGSBQ7AJon/YPNQE80CF0iO1ec02f8HW346fTGIU6gd&#10;RpI0UKJH1jn0TnVo6rPTapuB04MGN9fBtPf0TK2+V+U3i6Ta1EQe2J0xqq0ZoRBd4ndGF1t7HOtB&#10;9u1HReEYcnQqAHWVaTwgJAMBOlTp6VwZH0oJk/M4jhczjEpYul4kKdj+BJKNm7Wx7j1TDfJGjg0U&#10;PoCT0711vevo4s+SaseFgHmSCYnaHK9m01lPSwlO/WLgaA77jTDoREA+xcK/w7n20s0jF8TWvV9Y&#10;8m4ka7gDdQve5HgJDOJBbz5LW0mDiyNc9DawEdLvAtIQ9GD1Kvq5ilfb5XaZTtLpfDtJ46KY3O02&#10;6WS+Sxaz4rrYbIrklyeQpFnNKWXScxgVnaR/p5iht3otnjX9gqu9TMkuPK9TEr0MI1QKWI3fwC7I&#10;wyui14br9h0kxGtmr+gTCMWovlvhdgGjVuYHRi10ao7t9yMxDCPxQYLYfFuPhhmN/WgQWcLWHDuM&#10;enPj+vY/asMPNSD3cpbqDgRZ8SCW5ygGGUP3heCHm8K39+V/8Hq+z9a/AQAA//8DAFBLAwQUAAYA&#10;CAAAACEAKZJ1Et8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVIbCrqkNIm&#10;hEwqhMSiEixo+QA3mTyEPY5itw1/z7CC5WiO7j233M7OqjNNYfCMcL9MQBHXvhm4Q/g8vN7loEI0&#10;3BjrmRC+KcC2ur4qTdH4C3/QeR87JSEcCoPQxzgWWoe6J2fC0o/E8mv95EyUc+p0M5mLhDur0yTZ&#10;aGcGlobejPTSU/21PzmEIVtkvDDtuHPrbHd405bfW4t4ezM/P4GKNMc/GH71RR0qcTr6EzdBWYTN&#10;6mEtKEKarkAJkKWPMu6IkCc56KrU/xdUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB5&#10;srNPhAIAABcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQApknUS3wAAAAkBAAAPAAAAAAAAAAAAAAAAAN4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6gUAAAAA&#10;" filled="f" strokecolor="#d7d7d7">
+              <v:shape id="Textbox 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:325.6pt;margin-top:8.05pt;width:55.5pt;height:30pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAmZXIwwEAAH4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJLg2MOMXWoMOA&#10;YivQ9QMUWYqNyaJGKrHz96MUJ9m6t2F+kEmTOuQ5pFe3Y+/EwSB14Gs5n5VSGK+h6fyuls/f798s&#10;paCofKMceFPLoyF5u379ajWEyiygBdcYFAziqRpCLdsYQ1UUpFvTK5pBMJ6DFrBXkV3cFQ2qgdF7&#10;VyzK8kMxADYBQRsi/ro5BeU641trdPxmLZkoXC25t5hPzOc2ncV6paodqtB2empD/UMXveo8F71A&#10;bVRUYo/dX1B9pxEIbJxp6AuwttMmc2A28/IFm6dWBZO5sDgULjLR/4PVXw9P4RFFHD/ByAPMJCg8&#10;gP5BrE0xBKqmnKQpVcTZiehosU9vpiD4Imt7vOhpxig0f7wp3y3fc0Rz6O1yXpZZ7+J6OSDFzwZ6&#10;kYxaIo8rN6AODxRTeVWdU1It58XAPS5uGCj5BK5r7jvnsoO77Z1DcVBp1PlJ02WIP9IS3kZRe8rL&#10;oSnN+YnviWIiG8ftyBjJ3EJzZJ0GXpVa0s+9QiOF++J5Fmmvzgaeje3ZwOjuIG9f6tLDx30E22V2&#10;V9ypMg85dzwtZNqi3/2cdf1t1r8AAAD//wMAUEsDBBQABgAIAAAAIQC/sLOS2gAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWJpKlKk0nRBoJy5Q4J42pi1LnKrJuu7f453g&#10;Zvs9PX+v2q3eiQXnOAbSoDYZCKQu2JF6DZ8f+7stiJgMWeMCoYYzRtjV11eVKW040TsuTeoFh1As&#10;jYYhpamUMnYDehM3YUJi7TvM3iRe517a2Zw43DuZZ1khvRmJPwxmwucBu0Nz9BpeZoVv56+D2v+s&#10;WzeSeqVmabW+vVmfHkEkXNOfGS74jA41M7XhSDYKp6G4VzlbWSgUCDY8FDkf2sugQNaV/N+g/gUA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDAmZXIwwEAAH4DAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC/sLOS2gAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;AB0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJAUAAAAA&#10;" filled="f" strokeweight="1pt">
+                <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
+                    <w:p w14:paraId="53417CA4" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
                       <w:pPr>
-                        <w:spacing w:before="70"/>
-                        <w:ind w:left="241"/>
+                        <w:spacing w:before="73" w:line="261" w:lineRule="auto"/>
+                        <w:ind w:left="160" w:right="147" w:firstLine="100"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri"/>
-                          <w:i/>
-                          <w:sz w:val="16"/>
+                          <w:sz w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri"/>
-                          <w:i/>
-[...1 lines deleted...]
-                          <w:sz w:val="16"/>
+                          <w:spacing w:val="-2"/>
+                          <w:sz w:val="18"/>
                         </w:rPr>
-                        <w:t>Materei</w:t>
+                        <w:t>Materai</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri"/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Rp.</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri"/>
+                          <w:spacing w:val="-2"/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t>10.000</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
-                <w10:wrap anchorx="page"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00863666">
+    <w:p w14:paraId="58FD586C" w14:textId="0502AA75" w:rsidR="00A2061C" w:rsidRDefault="00A2061C" w:rsidP="001D3C83">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="0"/>
-[...2 lines deleted...]
-          <w:sz w:val="26"/>
+        <w:spacing w:before="126"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00863666" w:rsidRDefault="00DB0517">
-[...17 lines deleted...]
-      <w:type w:val="continuous"/>
+    <w:sectPr w:rsidR="00A2061C" w:rsidSect="001D3C83">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="20160"/>
-      <w:pgMar w:top="280" w:right="1420" w:bottom="280" w:left="1260" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1220" w:right="1080" w:bottom="3100" w:left="1080" w:header="836" w:footer="2900" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5B52F31C" w14:textId="77777777" w:rsidR="00867DEE" w:rsidRDefault="00867DEE">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="374C233A" w14:textId="77777777" w:rsidR="00867DEE" w:rsidRDefault="00867DEE">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...7 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:altName w:val="Trebuchet MS"/>
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3F32D537" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AEFE401" wp14:editId="100AE8F6">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5002784</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10670130</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="585470" cy="180340"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="7" name="Textbox 7"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="585470" cy="180340"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="20E0EEEA" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+                          <w:pPr>
+                            <w:spacing w:before="10"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="-2"/>
+                              <w:u w:val="single"/>
+                            </w:rPr>
+                            <w:t>Pemohon</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="6AEFE401" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textbox 7" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:393.9pt;margin-top:840.15pt;width:46.1pt;height:14.2pt;z-index:-251656704;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNJgYdmAEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSPxD5bvZDelhWiVTQVUIKQK&#10;KpV+gOO1sxZrj5lxspu/Z+xuEkRviMt47Bk/v/fG69vJD+JgkByEVi4XtRQmaOhc2LXy6cfnNysp&#10;KKnQqQGCaeXRkLzdvH61HmNjrqCHoTMoGCRQM8ZW9inFpqpI98YrWkA0gYsW0KvEW9xVHaqR0f1Q&#10;XdX1u2oE7CKCNkR8evdclJuCb63R6bu1ZJIYWsncUolY4jbHarNWzQ5V7J2eaah/YOGVC/zoGepO&#10;JSX26F5AeacRCGxaaPAVWOu0KRpYzbL+S81jr6IpWtgcimeb6P/B6m+Hx/iAIk0fYeIBFhEU70H/&#10;JPamGiM1c0/2lBri7ix0sujzyhIEX2Rvj2c/zZSE5sOb1c31e65oLi1X9dvr4nd1uRyR0hcDXuSk&#10;lcjjKgTU4Z5Sfl41p5aZy/PzmUiatpNwXebMnflkC92RpYw8zVbSr71CI8XwNbBdefSnBE/J9pRg&#10;Gj5B+SBZUYAP+wTWFQIX3JkAz6Hwmv9MHvSf+9J1+dmb3wAAAP//AwBQSwMEFAAGAAgAAAAhAMAF&#10;zWfgAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXZASk8apKgQnJEQa&#10;Dhyd2E2sxusQu234e5YTHHdmNPum3C5+ZGc7RxdQwXolgFnsgnHYK/hoXu4ksJg0Gj0GtAq+bYRt&#10;dX1V6sKEC9b2vE89oxKMhVYwpDQVnMdusF7HVZgskncIs9eJzrnnZtYXKvcjvxci4147pA+DnuzT&#10;YLvj/uQV7D6xfnZfb+17fahd0zwKfM2OSt3eLLsNsGSX9BeGX3xCh4qY2nBCE9moIJc5oScyMike&#10;gFFESkHzWpJyIXPgVcn/r6h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM0mBh2YAQAA&#10;IQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMAFzWfg&#10;AAAADQEAAA8AAAAAAAAAAAAAAAAA8gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="20E0EEEA" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+                    <w:pPr>
+                      <w:spacing w:before="10"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:b/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="-2"/>
+                        <w:u w:val="single"/>
+                      </w:rPr>
+                      <w:t>Pemohon</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="304C1AC0" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00A2061C">
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6435B679" w14:textId="77777777" w:rsidR="00867DEE" w:rsidRDefault="00867DEE">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3306C16E" w14:textId="77777777" w:rsidR="00867DEE" w:rsidRDefault="00867DEE">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="13F9D05E" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FD94031" wp14:editId="2C8071B7">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>909319</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>864235</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5939790" cy="1270"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="5" name="Graphic 5"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr>
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5939790" cy="1270"/>
+                      </a:xfrm>
+                      <a:custGeom>
+                        <a:avLst/>
+                        <a:gdLst/>
+                        <a:ahLst/>
+                        <a:cxnLst/>
+                        <a:rect l="l" t="t" r="r" b="b"/>
+                        <a:pathLst>
+                          <a:path w="5939790">
+                            <a:moveTo>
+                              <a:pt x="0" y="0"/>
+                            </a:moveTo>
+                            <a:lnTo>
+                              <a:pt x="5939789" y="0"/>
+                            </a:lnTo>
+                          </a:path>
+                        </a:pathLst>
+                      </a:custGeom>
+                      <a:ln w="6350">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:prstDash val="solid"/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="3353393A" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:71.6pt;margin-top:68.05pt;width:467.7pt;height:.1pt;z-index:-251660800;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="5939790,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUuoxQEwIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5yk6EeMOMXQoMOA&#10;oivQDDsrshwbk0WNVGL334+S4yTrbsN8ECjxiXzko7y871srDgapAVfI2WQqhXEaysbtCvl98/jp&#10;TgoKypXKgjOFfDMk71cfPyw7n5s51GBLg4KDOMo7X8g6BJ9nGenatIom4I1jZwXYqsBb3GUlqo6j&#10;tzabT6c3WQdYegRtiPh0PTjlKsWvKqPDt6oiE4QtJHMLacW0buOarZYq36HydaOPNNQ/sGhV4zjp&#10;KdRaBSX22PwVqm00AkEVJhraDKqq0SbVwNXMpu+qea2VN6kWbg75U5vo/4XVz4dX/4KROvkn0D+J&#10;O5J1nvKTJ27oiOkrbCOWiYs+dfHt1EXTB6H58HpxtbhdcLM1+2bz29TkTOXjXb2n8MVAiqMOTxQG&#10;DcrRUvVo6d6NJrKSUUObNAxSsIYoBWu4HTT0KsR7kVw0RXcmEs9aOJgNJG94x5ypnb3WXaJSKXcL&#10;KcYqGTsg2IhpuFeDkVKzfVmcdZHFzdX1NI0GgW3Kx8bayIJwt32wKA4qDmb6Yh0c4Q+YRwprRfWA&#10;S64jzLqjToM0UaQtlG8vKDqe5kLSr71CI4X96nhc4uiPBo7GdjQw2AdIDyQ1iHNu+h8KvYjpCxlY&#10;2WcYh1Hlo2ix9BM23nTweR+gaqKiaYYGRscNT3Aq8Pja4hO53CfU+Z+w+g0AAP//AwBQSwMEFAAG&#10;AAgAAAAhAEe/uXXhAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISFwQS7ey&#10;bipNJ4bEdYJSTdotbUxbrXGqJtvKv8fjAjc/++n5e9lmsr044+g7RwrmswgEUu1MR42C8vPtcQ3C&#10;B01G945QwTd62OS3N5lOjbvQB56L0AgOIZ9qBW0IQyqlr1u02s/cgMS3LzdaHViOjTSjvnC47eUi&#10;ihJpdUf8odUDvrZYH4uTVbBfbt8P3XBc7sJDWW+rZFUWu0qp+7vp5RlEwCn8meGKz+iQM1PlTmS8&#10;6Fk/xQu28hAncxBXR7RaJyCq31UMMs/k/xL5DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDUuoxQEwIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBHv7l14QAAAAwBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l5939789,e" filled="f" strokeweight=".5pt">
+              <v:path arrowok="t"/>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5697521F" wp14:editId="06364489">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>3343528</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>609571</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1085850" cy="180340"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="6" name="Textbox 6"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1085850" cy="180340"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="40408515" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+                          <w:pPr>
+                            <w:spacing w:before="10"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                            <w:t>KOP</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="2"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t>LEMBAGA</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="5697521F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textbox 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:263.25pt;margin-top:48pt;width:85.5pt;height:14.2pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSuI/xkwEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/YPwi6L3K6dQiMOMXaYsOA&#10;YhvQ9gMUWYqNWaJGKrHz96NUJxnW27ALTZnU43uPWt9MfhAHi9RDaORyUUlhg4G2D7tGPj99freS&#10;gpIOrR4g2EYeLcmbzds36zHW9go6GFqLgkEC1WNsZJdSrJUi01mvaQHRBi46QK8TH3GnWtQjo/tB&#10;XVXVRzUCthHBWCL+e/9SlJuC75w16btzZJMYGsncUolY4jZHtVnreoc6dr2Zaeh/YOF1H3joGepe&#10;Jy322L+C8r1BIHBpYcArcK43tmhgNcvqLzWPnY62aGFzKJ5tov8Ha74dHuMPFGm6hYkXWERQfADz&#10;k9gbNUaq557sKdXE3Vno5NDnL0sQfJG9PZ79tFMSJqNVq+vVNZcM15ar6v2HYri63I5I6YsFL3LS&#10;SOR9FQb68EApz9f1qWUm8zI/M0nTduKWnG6hPbKIkffYSPq112ilGL4GNiov/ZTgKdmeEkzDHZSn&#10;kbUE+LRP4Poy+YI7T+YNFELza8kr/vNcui5vevMbAAD//wMAUEsDBBQABgAIAAAAIQB1+G1U3wAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLF21Bdo1nSYEJyREVw4c0yZr&#10;ozVOabKtvD3mxI62P/3+/mI7u4GdzRSsRwnLRQLMYOu1xU7CZ/368AQsRIVaDR6NhB8TYFve3hQq&#10;1/6ClTnvY8coBEOuJPQxjjnnoe2NU2HhR4N0O/jJqUjj1HE9qQuFu4GnSSK4UxbpQ69G89yb9rg/&#10;OQm7L6xe7Pd781EdKlvXWYJv4ijl/d282wCLZo7/MPzpkzqU5NT4E+rABgnrVKwJlZAJ6kSAyB5p&#10;0RCZrlbAy4JfVyh/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANK4j/GTAQAAGwMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHX4bVTfAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAA7QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD5BAAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="40408515" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00000000">
+                    <w:pPr>
+                      <w:spacing w:before="10"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:b/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                      </w:rPr>
+                      <w:t>KOP</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="2"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t>LEMBAGA</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="50C5A3DA" w14:textId="77777777" w:rsidR="00A2061C" w:rsidRDefault="00A2061C">
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:rPr>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="2142270C"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="018922E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="86C0E52E"/>
-    <w:lvl w:ilvl="0" w:tplc="AFAE5B7E">
+    <w:tmpl w:val="3588F3E2"/>
+    <w:lvl w:ilvl="0" w:tplc="CDDE76CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="900" w:hanging="292"/>
-[...99 lines deleted...]
-        <w:ind w:left="7828" w:hanging="292"/>
+        <w:ind w:left="764" w:hanging="360"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFE6EA10">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1692" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="197AA1F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2624" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B28AC93C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3556" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="79B81916">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4488" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B248FA06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5FCC9006">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CA7A278C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7284" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="73EA76A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8216" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05E672B3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="142C4B02"/>
+    <w:lvl w:ilvl="0" w:tplc="06264D74">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="764" w:hanging="428"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B0A2BFCC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1692" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="97C02A9C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2624" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="23A019B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3556" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="280A7474">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4488" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C34888E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5420" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="24A89776">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6352" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0234C110">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7284" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3E3E2490">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8216" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12A329A6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1C4A822C"/>
+    <w:lvl w:ilvl="0" w:tplc="449EC5F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="764" w:hanging="428"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E24AE1F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1692" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D3F4CEFE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2624" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="732E05E6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3556" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C316C868">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4488" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E63E8D1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5420" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C86DD52">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6352" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="35FEDC8A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7284" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3D6001DC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8216" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="177650BB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CE9CCEFE"/>
+    <w:lvl w:ilvl="0" w:tplc="9FBEC42C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="764" w:hanging="428"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="47947D40">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1692" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6602CABA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2624" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="C388DC34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3556" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="71C27FD8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4488" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F89C362E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5420" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E1868DC2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6352" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C97C1EF2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7284" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9BCC8A9A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8216" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24447097"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1F3A445E"/>
+    <w:lvl w:ilvl="0" w:tplc="5C5A80E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="764" w:hanging="428"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F5D212CA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1692" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2744B94A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2624" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F6A6E256">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3556" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="AE3A5634">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4488" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="70D87C3A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5420" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5F50FE3C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6352" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D14E13DC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7284" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="56821C00">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8216" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28480977"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="85E669E2"/>
+    <w:lvl w:ilvl="0" w:tplc="77F694B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="764" w:hanging="360"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="92A41466">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1692" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F888370E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2624" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7F0424E0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3556" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2C10E7A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4488" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9BF23D02">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E5BE3CC2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="690447F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7284" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EC3665FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8216" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30073CF4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3A680824"/>
+    <w:lvl w:ilvl="0" w:tplc="C5A620EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="764" w:hanging="360"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="16029620">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1692" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DE60A25A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2624" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D538443C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3556" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0E2AD316">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4488" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A3628FFA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="EDC8B51A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="59E073C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7284" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2DEAC4B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8216" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33D6693E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9C3E8ED0"/>
+    <w:lvl w:ilvl="0" w:tplc="271485BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="764" w:hanging="428"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E0048994">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1692" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="79AE8372">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2624" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="117AB300">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3556" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="AEFA52FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4488" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AF42E81E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5420" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7A3CB1EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6352" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8724D720">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7284" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="995843DC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8216" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="483B3A6C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F92000A8"/>
+    <w:lvl w:ilvl="0" w:tplc="6BA0639E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="764" w:hanging="428"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="05468E88">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1692" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9244DFD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2624" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="27D2F0CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3556" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="992CCF3E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4488" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="30327B0E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5420" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="6128C286">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6352" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="25663BA2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7284" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1E449118">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8216" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DE50203"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A6F48986"/>
+    <w:lvl w:ilvl="0" w:tplc="4172115E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="764" w:hanging="428"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="993615AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1692" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3A72A200">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2624" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="562AE2C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3556" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A5F6591E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4488" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2D405908">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5420" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="DD383A10">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6352" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E2B03B58">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7284" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F24605C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8216" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F1D4922"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CD18CAEE"/>
+    <w:lvl w:ilvl="0" w:tplc="B428E792">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="764" w:hanging="360"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7E0C0186">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1692" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D17E51F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2624" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="53928C86">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3556" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="91C49C12">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4488" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D30E4E3A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5C4C55FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="22E4E21C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7284" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04E6560A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8216" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56571D8A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FEA23A28"/>
+    <w:lvl w:ilvl="0" w:tplc="6F661228">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="764" w:hanging="428"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DF94E4E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1692" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="41DCEA4C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2624" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E6560924">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3556" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1FF2CA00">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4488" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F7C24EE4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5420" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="09EE7442">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6352" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="80B05288">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7284" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BAF2864E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8216" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CDA0238"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8E3291F0"/>
+    <w:lvl w:ilvl="0" w:tplc="0ADC08BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="764" w:hanging="428"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="46801B86">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="904" w:hanging="360"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="22EAEB4A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1329" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="136"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="3C40D61A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2415" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="445003AA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3510" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F85C697C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4605" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1592C704">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5700" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A19EA5E2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6795" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4230B234">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7890" w:hanging="361"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7DB25C1D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="10CCA902"/>
+    <w:lvl w:ilvl="0" w:tplc="241E01E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="764" w:hanging="428"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="23BE9FA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1692" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5E80C784">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2624" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8F226DA2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3556" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4AF63238">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4488" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E0ACBD7E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5420" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1A00E0A2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6352" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5E5667A2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7284" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="215C51F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8216" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1530528062">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="544877673">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1656950211">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="746416185">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="399451577">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1986010834">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="2064214578">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="443774614">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="655426566">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1799228073">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="332416302">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1713532548">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1821072343">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="410388942">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00863666"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DB0517"/>
+    <w:rsidRoot w:val="00A2061C"/>
+    <w:rsid w:val="001D3C83"/>
+    <w:rsid w:val="00427CB9"/>
+    <w:rsid w:val="00867DEE"/>
+    <w:rsid w:val="00A2061C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="id-ID"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{2E925B06-F220-40EC-9647-AD3B1C93880F}"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="5FA41331"/>
+  <w15:docId w15:val="{FCFBD942-AE3B-4D42-AC39-192FB4D02982}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5607,146 +5183,177 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="id"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="900"/>
-      <w:jc w:val="both"/>
+      <w:ind w:left="764" w:hanging="360"/>
     </w:pPr>
-    <w:rPr>
-[...22 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="900" w:hanging="293"/>
-      <w:jc w:val="both"/>
+      <w:ind w:left="764" w:hanging="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:line="232" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001D3C83"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001D3C83"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="id"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001D3C83"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001D3C83"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="id"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5992,80 +5599,64 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1952</Characters>
+  <Pages>2</Pages>
+  <Words>319</Words>
+  <Characters>1823</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2290</CharactersWithSpaces>
+  <CharactersWithSpaces>2138</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Windows User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2023-04-14T00:00:00Z</vt:filetime>
+    <vt:filetime>2026-03-01T00:00:00Z</vt:filetime>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
-    <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
+    <vt:filetime>2026-03-01T00:00:00Z</vt:filetime>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
-    <vt:filetime>2023-07-24T00:00:00Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Producer">
+    <vt:lpwstr>iLovePDF</vt:lpwstr>
   </property>
 </Properties>
 </file>